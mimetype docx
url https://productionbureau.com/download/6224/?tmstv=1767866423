--- v0 (2026-01-20)
+++ v1 (2026-03-13)
@@ -444,95 +444,95 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="009FAE"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05D6685C" w14:textId="77777777" w:rsidR="009B789C" w:rsidRPr="00E869BA" w:rsidRDefault="009B789C" w:rsidP="004E3E44">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3760" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="009FAE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="009FAE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="009FAE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="009FAE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D6E4427" w14:textId="77777777" w:rsidR="009B789C" w:rsidRPr="00E869BA" w:rsidRDefault="009B789C" w:rsidP="004E3E44">
+          <w:p w14:paraId="0D6E4427" w14:textId="06C63412" w:rsidR="009B789C" w:rsidRPr="00E869BA" w:rsidRDefault="009B789C" w:rsidP="004E3E44">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E869BA">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Mr    </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Check1"/>
             <w:r w:rsidRPr="00E869BA">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E869BA">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E869BA">
+            <w:r w:rsidR="00935A37" w:rsidRPr="00E869BA">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E869BA">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E869BA">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00E869BA">
               <w:rPr>
@@ -13405,60 +13405,60 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E869BA">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(Attach copy of job description if available.</w:t>
             </w:r>
             <w:r w:rsidR="003F3944">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E869BA">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Continue</w:t>
+              <w:t>Continue on</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00E869BA">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> on a separate sheet if necessary).</w:t>
+              <w:t xml:space="preserve"> a separate sheet if necessary).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="81" w:name="Text65"/>
       <w:tr w:rsidR="00EC66A2" w:rsidRPr="00E869BA" w14:paraId="232105A9" w14:textId="77777777" w:rsidTr="00FF141B">
         <w:trPr>
           <w:trHeight w:val="1403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="009FAE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="009FAE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="009FAE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="009FAE"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63ADF1C5" w14:textId="77777777" w:rsidR="00EC66A2" w:rsidRPr="00E869BA" w:rsidRDefault="00EC66A2" w:rsidP="00EC66A2">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:sz w:val="21"/>
@@ -20243,75 +20243,75 @@
         <w:t>Please note, if you are completing this application electronically, you will be asked to sign the forms you have submitted if you are invited to an interview.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="419D5466" w14:textId="77777777" w:rsidR="009B789C" w:rsidRDefault="009B789C" w:rsidP="009B789C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BBB9356" w14:textId="77777777" w:rsidR="009B789C" w:rsidRDefault="009B789C" w:rsidP="009B789C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="342CD252" w14:textId="40558690" w:rsidR="008136CC" w:rsidRPr="009B789C" w:rsidRDefault="008136CC" w:rsidP="009B789C"/>
+    <w:p w14:paraId="342CD252" w14:textId="7368A90C" w:rsidR="008136CC" w:rsidRPr="009B789C" w:rsidRDefault="008136CC" w:rsidP="009B789C"/>
     <w:sectPr w:rsidR="008136CC" w:rsidRPr="009B789C" w:rsidSect="00566C3E">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="794" w:right="794" w:bottom="1021" w:left="794" w:header="510" w:footer="510" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FD2B6BF" w14:textId="77777777" w:rsidR="00501489" w:rsidRDefault="00501489">
+    <w:p w14:paraId="5EABA912" w14:textId="77777777" w:rsidR="00A34104" w:rsidRDefault="00A34104">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18E5727E" w14:textId="77777777" w:rsidR="00501489" w:rsidRDefault="00501489">
+    <w:p w14:paraId="69F87B29" w14:textId="77777777" w:rsidR="00A34104" w:rsidRDefault="00A34104">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -20324,115 +20324,113 @@
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SymbolMT">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Marlett">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Commodore 64">
     <w:altName w:val="Wingdings 3"/>
-    <w:panose1 w:val="05040102010807020700"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers">
-    <w:panose1 w:val="020B0603020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="80000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Museo Sans Rounded 700">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="02000000000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Proxima Nova Rg">
     <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="02000506030000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000E0FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="12ADF5A2" w14:textId="647BB3AD" w:rsidR="00B27AE5" w:rsidRPr="006D161D" w:rsidRDefault="00FC0B05" w:rsidP="006F18C8">
+  <w:p w14:paraId="12ADF5A2" w14:textId="7B3013E0" w:rsidR="00B27AE5" w:rsidRPr="006D161D" w:rsidRDefault="00FC0B05" w:rsidP="006F18C8">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006D161D">
       <w:rPr>
         <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
         <w:noProof/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3179B3E1" wp14:editId="4962710A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>6288405</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="bottomMargin">
@@ -20619,67 +20617,65 @@
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:oval>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:id w:val="994072064"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:id w:val="1806425445"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Margins)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent/>
         </w:sdt>
         <w:r w:rsidRPr="006D161D">
           <w:rPr>
             <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
             <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:br/>
         </w:r>
         <w:r w:rsidRPr="006D161D">
           <w:rPr>
             <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
             <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:br/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00033D6E" w:rsidRPr="006D161D">
       <w:rPr>
         <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
@@ -20730,74 +20726,74 @@
         <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="00033D6E" w:rsidRPr="006D161D">
       <w:rPr>
         <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00131871">
       <w:rPr>
         <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>January 202</w:t>
     </w:r>
-    <w:r w:rsidR="003F3944">
+    <w:r w:rsidR="00F0012A">
       <w:rPr>
         <w:rFonts w:ascii="Proxima Nova Rg" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Proxima Nova Rg" w:cstheme="majorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12CB796F" w14:textId="77777777" w:rsidR="00501489" w:rsidRDefault="00501489">
+    <w:p w14:paraId="7F4FD94B" w14:textId="77777777" w:rsidR="00A34104" w:rsidRDefault="00A34104">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F7D182D" w14:textId="77777777" w:rsidR="00501489" w:rsidRDefault="00501489">
+    <w:p w14:paraId="592EB690" w14:textId="77777777" w:rsidR="00A34104" w:rsidRDefault="00A34104">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="162DE738" w14:textId="77777777" w:rsidR="003F3944" w:rsidRPr="00A81334" w:rsidRDefault="003F3944" w:rsidP="003F3944">
     <w:pPr>
       <w:pStyle w:val="NoSpacing"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="9240"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Museo Sans Rounded 700" w:eastAsia="Calibri" w:hAnsi="Museo Sans Rounded 700" w:cs="Times New Roman"/>
         <w:color w:val="969696"/>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="111" w:name="_Hlk49352891"/>
     <w:bookmarkStart w:id="112" w:name="_Hlk49352892"/>
     <w:r w:rsidRPr="00937B36">
@@ -20953,51 +20949,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1058" type="#_x0000_t75" style="width:15pt;height:15pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:15pt;height:15pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05291BD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8334E714"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -24001,90 +23997,91 @@
   </w:num>
   <w:num w:numId="24" w16cid:durableId="768282542">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="303242349">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1381326931">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="44644409">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1984385170">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jOTA25cIt7lVAC35TyOAOKUUpXs8w/HBX2oW1q423/ejaAyX3u0g9NgpMu7rQQ0/zI5hgcjit5btmJXs+q9s4w==" w:salt="nAr6JKCfyDWsGO0s5htDsA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="SfJT7r9e9bfgKkP+zxNDvAoeVmguJsbLuvQMG7GWwkuDMKDsl0b1K2aA8IQBFitkai25MXFPo8gfAEqeq5kbfA==" w:salt="nkOwm4+/FqeFeQ5yJZeBrA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB3BAF"/>
     <w:rsid w:val="0000334B"/>
     <w:rsid w:val="0001306E"/>
     <w:rsid w:val="00033D6E"/>
     <w:rsid w:val="000467C3"/>
     <w:rsid w:val="0007169C"/>
     <w:rsid w:val="00095F68"/>
     <w:rsid w:val="000A0351"/>
     <w:rsid w:val="000A6920"/>
     <w:rsid w:val="000B23C3"/>
     <w:rsid w:val="000C3E2C"/>
     <w:rsid w:val="00131871"/>
     <w:rsid w:val="0014685A"/>
+    <w:rsid w:val="0016464C"/>
     <w:rsid w:val="001826EC"/>
     <w:rsid w:val="00194823"/>
     <w:rsid w:val="001A4169"/>
     <w:rsid w:val="001B3E33"/>
     <w:rsid w:val="001D7112"/>
     <w:rsid w:val="001F5F00"/>
     <w:rsid w:val="00225906"/>
     <w:rsid w:val="00226638"/>
     <w:rsid w:val="00227F2A"/>
     <w:rsid w:val="00250BA2"/>
     <w:rsid w:val="00255F46"/>
     <w:rsid w:val="002560A8"/>
     <w:rsid w:val="00272531"/>
     <w:rsid w:val="002968C5"/>
     <w:rsid w:val="002A0C82"/>
     <w:rsid w:val="002B7F3A"/>
     <w:rsid w:val="002C0374"/>
     <w:rsid w:val="002C5B7F"/>
     <w:rsid w:val="002E0747"/>
     <w:rsid w:val="002E1B06"/>
     <w:rsid w:val="002F576E"/>
     <w:rsid w:val="003442F0"/>
     <w:rsid w:val="00352868"/>
     <w:rsid w:val="00356327"/>
     <w:rsid w:val="00367591"/>
@@ -24092,188 +24089,199 @@
     <w:rsid w:val="00382771"/>
     <w:rsid w:val="003861E4"/>
     <w:rsid w:val="00396448"/>
     <w:rsid w:val="003A6250"/>
     <w:rsid w:val="003B52F9"/>
     <w:rsid w:val="003C3D3A"/>
     <w:rsid w:val="003F3944"/>
     <w:rsid w:val="003F3AB4"/>
     <w:rsid w:val="00403C51"/>
     <w:rsid w:val="00420826"/>
     <w:rsid w:val="00427E2A"/>
     <w:rsid w:val="00440CB3"/>
     <w:rsid w:val="0045042D"/>
     <w:rsid w:val="004919A2"/>
     <w:rsid w:val="00492F7B"/>
     <w:rsid w:val="004A413A"/>
     <w:rsid w:val="004E37CF"/>
     <w:rsid w:val="004F7B5B"/>
     <w:rsid w:val="00501489"/>
     <w:rsid w:val="00501D82"/>
     <w:rsid w:val="00512689"/>
     <w:rsid w:val="00520437"/>
     <w:rsid w:val="00530C37"/>
     <w:rsid w:val="0056444B"/>
     <w:rsid w:val="00566C3E"/>
+    <w:rsid w:val="00572D5B"/>
     <w:rsid w:val="005A089F"/>
     <w:rsid w:val="005F1AE0"/>
     <w:rsid w:val="00610C57"/>
     <w:rsid w:val="00643FB5"/>
     <w:rsid w:val="006533C6"/>
     <w:rsid w:val="006575F6"/>
     <w:rsid w:val="006657F6"/>
     <w:rsid w:val="0067739C"/>
     <w:rsid w:val="00682D1B"/>
     <w:rsid w:val="006B2F58"/>
     <w:rsid w:val="006B3911"/>
     <w:rsid w:val="006B46AF"/>
     <w:rsid w:val="006C1048"/>
     <w:rsid w:val="006D161D"/>
     <w:rsid w:val="006F18C8"/>
     <w:rsid w:val="00700DCA"/>
     <w:rsid w:val="00726B42"/>
+    <w:rsid w:val="00736010"/>
     <w:rsid w:val="007511F1"/>
     <w:rsid w:val="007523A6"/>
     <w:rsid w:val="007670F0"/>
     <w:rsid w:val="00770BD2"/>
     <w:rsid w:val="007B0229"/>
     <w:rsid w:val="007B12EF"/>
     <w:rsid w:val="007C1C05"/>
     <w:rsid w:val="007C5745"/>
     <w:rsid w:val="007C68EF"/>
     <w:rsid w:val="008136CC"/>
     <w:rsid w:val="008158A7"/>
     <w:rsid w:val="0082356F"/>
     <w:rsid w:val="008271AF"/>
     <w:rsid w:val="0084597C"/>
     <w:rsid w:val="008467EF"/>
     <w:rsid w:val="00862905"/>
     <w:rsid w:val="00862F53"/>
     <w:rsid w:val="00866489"/>
     <w:rsid w:val="00867FCE"/>
     <w:rsid w:val="00887851"/>
+    <w:rsid w:val="008A4B54"/>
     <w:rsid w:val="008D16F4"/>
     <w:rsid w:val="008D6248"/>
     <w:rsid w:val="009079E7"/>
     <w:rsid w:val="00907CFB"/>
     <w:rsid w:val="009276FE"/>
+    <w:rsid w:val="00935A37"/>
     <w:rsid w:val="009739E8"/>
     <w:rsid w:val="0097484E"/>
     <w:rsid w:val="009759A7"/>
+    <w:rsid w:val="00984E7B"/>
     <w:rsid w:val="00990FC4"/>
     <w:rsid w:val="009967BC"/>
     <w:rsid w:val="009A10B1"/>
     <w:rsid w:val="009B789C"/>
     <w:rsid w:val="009D5CAA"/>
     <w:rsid w:val="00A1249E"/>
     <w:rsid w:val="00A15ADA"/>
     <w:rsid w:val="00A21394"/>
+    <w:rsid w:val="00A34104"/>
     <w:rsid w:val="00A7557C"/>
     <w:rsid w:val="00A91607"/>
     <w:rsid w:val="00AB50E9"/>
     <w:rsid w:val="00AD50E8"/>
     <w:rsid w:val="00AF1268"/>
     <w:rsid w:val="00B12B25"/>
     <w:rsid w:val="00B27AE5"/>
     <w:rsid w:val="00B36ABD"/>
     <w:rsid w:val="00B37BAA"/>
     <w:rsid w:val="00B470DB"/>
     <w:rsid w:val="00B50DD8"/>
     <w:rsid w:val="00B55522"/>
     <w:rsid w:val="00B857B4"/>
     <w:rsid w:val="00BA37E1"/>
+    <w:rsid w:val="00BC1353"/>
     <w:rsid w:val="00BD66CE"/>
     <w:rsid w:val="00BE4F67"/>
     <w:rsid w:val="00BF2D01"/>
     <w:rsid w:val="00BF4EA8"/>
+    <w:rsid w:val="00BF6CE1"/>
     <w:rsid w:val="00C41D24"/>
     <w:rsid w:val="00C5567B"/>
     <w:rsid w:val="00C57023"/>
     <w:rsid w:val="00C64C40"/>
     <w:rsid w:val="00C731BC"/>
     <w:rsid w:val="00C84D10"/>
     <w:rsid w:val="00C93828"/>
     <w:rsid w:val="00CB3542"/>
     <w:rsid w:val="00CC7590"/>
     <w:rsid w:val="00CD5723"/>
     <w:rsid w:val="00CD6568"/>
     <w:rsid w:val="00CF3488"/>
     <w:rsid w:val="00CF7C44"/>
     <w:rsid w:val="00D059A9"/>
     <w:rsid w:val="00D0708E"/>
     <w:rsid w:val="00D4232B"/>
     <w:rsid w:val="00D558C3"/>
     <w:rsid w:val="00D827B4"/>
     <w:rsid w:val="00D907CE"/>
     <w:rsid w:val="00D90901"/>
     <w:rsid w:val="00D914CD"/>
     <w:rsid w:val="00DF21A8"/>
     <w:rsid w:val="00E309C0"/>
     <w:rsid w:val="00E335A5"/>
     <w:rsid w:val="00E35458"/>
     <w:rsid w:val="00E75FA1"/>
     <w:rsid w:val="00E84833"/>
     <w:rsid w:val="00E865BD"/>
     <w:rsid w:val="00EB3BAF"/>
     <w:rsid w:val="00EB666C"/>
     <w:rsid w:val="00EC64AF"/>
     <w:rsid w:val="00EC66A2"/>
+    <w:rsid w:val="00F0012A"/>
     <w:rsid w:val="00F07827"/>
     <w:rsid w:val="00F1093B"/>
     <w:rsid w:val="00F118EA"/>
     <w:rsid w:val="00F24C38"/>
     <w:rsid w:val="00F309E6"/>
+    <w:rsid w:val="00F3765B"/>
     <w:rsid w:val="00F94C4B"/>
     <w:rsid w:val="00FB0704"/>
+    <w:rsid w:val="00FB32EB"/>
     <w:rsid w:val="00FC0B05"/>
     <w:rsid w:val="00FC1EC9"/>
     <w:rsid w:val="00FC5F35"/>
     <w:rsid w:val="00FC7475"/>
     <w:rsid w:val="00FD61C5"/>
     <w:rsid w:val="00FE3EF1"/>
     <w:rsid w:val="00FF141B"/>
     <w:rsid w:val="00FF2356"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4418EA5F"/>
   <w15:docId w15:val="{E3B135AD-3E64-4A96-A068-457C836A74DD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -25311,67 +25319,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F58B5BDE-BF95-4C92-A0D9-4E7DFA80C87A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PbDIF</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1360</Words>
-  <Characters>7752</Characters>
+  <Words>1491</Words>
+  <Characters>7621</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>508</Lines>
+  <Paragraphs>396</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Pb DIF</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Production Bureau</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9094</CharactersWithSpaces>
+  <CharactersWithSpaces>8716</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Pb DIF</dc:title>
   <dc:creator>Laura Spalding</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>